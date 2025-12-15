--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -53,93 +53,93 @@
   <si>
     <t>QUALIFICA_ALTRO</t>
   </si>
   <si>
     <t>PRES_COORD</t>
   </si>
   <si>
     <t>MEMBRO_INT</t>
   </si>
   <si>
     <t>DELEG_OIV</t>
   </si>
   <si>
     <t>D7</t>
   </si>
   <si>
     <t>Universita degli Studi EUROPEA di ROMA</t>
   </si>
   <si>
     <t>PANZAROLA</t>
   </si>
   <si>
     <t>Andrea</t>
   </si>
   <si>
+    <t>Professore Ordinario</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>ANGIOLI</t>
+  </si>
+  <si>
+    <t>Roberto</t>
+  </si>
+  <si>
+    <t>FERRETTI</t>
+  </si>
+  <si>
+    <t>Eva</t>
+  </si>
+  <si>
+    <t>Altro</t>
+  </si>
+  <si>
+    <t>Avvocato dello Stato</t>
+  </si>
+  <si>
+    <t>LANTERO</t>
+  </si>
+  <si>
+    <t>Luca</t>
+  </si>
+  <si>
+    <t>Associate Professor /Direttore Generale</t>
+  </si>
+  <si>
+    <t>TRAFICANTE</t>
+  </si>
+  <si>
+    <t>Guido</t>
+  </si>
+  <si>
     <t>Professore Associato</t>
-  </si>
-[...40 lines deleted...]
-    <t>Guido</t>
   </si>
   <si>
     <t>VALENTE</t>
   </si>
   <si>
     <t>Massimiliano</t>
   </si>
   <si>
     <t>CARIOTI</t>
   </si>
   <si>
     <t>Federico</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -535,135 +535,135 @@
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" t="s">
         <v>26</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>14</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">