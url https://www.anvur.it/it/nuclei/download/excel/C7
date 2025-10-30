--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -107,54 +107,54 @@
   <si>
     <t>TUCCI</t>
   </si>
   <si>
     <t>Vincenzo</t>
   </si>
   <si>
     <t>CELLERINO</t>
   </si>
   <si>
     <t>Francesco Mario</t>
   </si>
   <si>
     <t>SVOLACCHIA BRUSONI</t>
   </si>
   <si>
     <t>Luca</t>
   </si>
   <si>
     <t>Altro</t>
   </si>
   <si>
     <t>Assegnista di ricerca</t>
   </si>
   <si>
-    <t>MAGGI</t>
-[...2 lines deleted...]
-    <t>Lucrezia</t>
+    <t>VILLA</t>
+  </si>
+  <si>
+    <t>Caterina Giorgia</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
   <si>
     <t>BALTROCCHI</t>
   </si>
   <si>
     <t>Edoardo Maria Filippo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>