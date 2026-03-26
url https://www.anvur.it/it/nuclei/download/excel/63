--- v0 (2025-10-09)
+++ v1 (2026-03-26)
@@ -86,57 +86,57 @@
   <si>
     <t>Roberto Mario</t>
   </si>
   <si>
     <t>CAMPANA</t>
   </si>
   <si>
     <t>Monica</t>
   </si>
   <si>
     <t>PTA del settore universitario</t>
   </si>
   <si>
     <t>FEDERICI</t>
   </si>
   <si>
     <t>Daniela</t>
   </si>
   <si>
     <t>Altro</t>
   </si>
   <si>
     <t>Professoressa Ordinaria (SECS-P/02) in quiescenza</t>
   </si>
   <si>
-    <t>LANZAFAME</t>
-[...5 lines deleted...]
-    <t>Gia' Dirigente MIUR</t>
+    <t>SABELLA</t>
+  </si>
+  <si>
+    <t>Morena</t>
+  </si>
+  <si>
+    <t>PTA di altri settori della PA</t>
   </si>
   <si>
     <t>PALAZZI</t>
   </si>
   <si>
     <t>Federica</t>
   </si>
   <si>
     <t>Professore Associato</t>
   </si>
   <si>
     <t>UGOLINI</t>
   </si>
   <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -616,53 +616,50 @@
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>63</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>14</v>
       </c>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>63</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>