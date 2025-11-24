--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -65,66 +65,66 @@
   <si>
     <t>Universita degli Studi di NAPOLI "Parthenope"</t>
   </si>
   <si>
     <t>CANNAVALE</t>
   </si>
   <si>
     <t>Chiara</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>PICARO</t>
   </si>
   <si>
     <t>Raffaele</t>
   </si>
   <si>
-    <t>ZANNI</t>
-[...2 lines deleted...]
-    <t>Giacomo</t>
+    <t>CIPRIANI</t>
+  </si>
+  <si>
+    <t>Giam Pietro</t>
   </si>
   <si>
     <t>CRESCENZO</t>
   </si>
   <si>
     <t>Giuseppe</t>
   </si>
   <si>
-    <t>LAEZZA</t>
-[...2 lines deleted...]
-    <t>Francesca</t>
+    <t>BARBARULO</t>
+  </si>
+  <si>
+    <t>Swami</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>