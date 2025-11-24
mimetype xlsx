--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>CODE_UN</t>
   </si>
   <si>
     <t>DEN_ATENEO_ESTESA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>QUALIFICA</t>
   </si>
   <si>
     <t>QUALIFICA_ALTRO</t>
   </si>
   <si>
     <t>PRES_COORD</t>
   </si>
   <si>
     <t>MEMBRO_INT</t>
   </si>
   <si>
@@ -66,50 +66,56 @@
     <t>09</t>
   </si>
   <si>
     <t>Universita degli Studi di FERRARA</t>
   </si>
   <si>
     <t>FIORAVANTI</t>
   </si>
   <si>
     <t>Cristiana</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>BALLERINI</t>
   </si>
   <si>
     <t>Patrizia</t>
   </si>
   <si>
     <t>N</t>
+  </si>
+  <si>
+    <t>CINQUEPALMI</t>
+  </si>
+  <si>
+    <t>Federico</t>
   </si>
   <si>
     <t>MELINA</t>
   </si>
   <si>
     <t>Maria Letizia</t>
   </si>
   <si>
     <t>PTA di altri settori della PA</t>
   </si>
   <si>
     <t>ACQUAVIVA</t>
   </si>
   <si>
     <t>Vincenzo</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -431,51 +437,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -534,85 +540,111 @@
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>17</v>
       </c>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
         <v>21</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>22</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" t="s">
         <v>23</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5" t="s">
+      <c r="D6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" t="s">
         <v>14</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I6" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>