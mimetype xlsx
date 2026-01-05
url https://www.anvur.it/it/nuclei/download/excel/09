--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -12,110 +12,122 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>CODE_UN</t>
   </si>
   <si>
     <t>DEN_ATENEO_ESTESA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>QUALIFICA</t>
   </si>
   <si>
     <t>QUALIFICA_ALTRO</t>
   </si>
   <si>
     <t>PRES_COORD</t>
   </si>
   <si>
     <t>MEMBRO_INT</t>
   </si>
   <si>
     <t>DELEG_OIV</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>Universita degli Studi di FERRARA</t>
   </si>
   <si>
-    <t>FIORAVANTI</t>
-[...2 lines deleted...]
-    <t>Cristiana</t>
+    <t>TANGANELLI</t>
+  </si>
+  <si>
+    <t>Paolo</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
+    <t>N</t>
+  </si>
+  <si>
     <t>S</t>
   </si>
   <si>
     <t>BALLERINI</t>
   </si>
   <si>
     <t>Patrizia</t>
   </si>
   <si>
-    <t>N</t>
-[...1 lines deleted...]
-  <si>
     <t>CINQUEPALMI</t>
   </si>
   <si>
     <t>Federico</t>
+  </si>
+  <si>
+    <t>AVANZI</t>
+  </si>
+  <si>
+    <t>Gian Carlo</t>
+  </si>
+  <si>
+    <t>Altro</t>
+  </si>
+  <si>
+    <t>in quiescenza</t>
   </si>
   <si>
     <t>MELINA</t>
   </si>
   <si>
     <t>Maria Letizia</t>
   </si>
   <si>
     <t>PTA di altri settori della PA</t>
   </si>
   <si>
     <t>ACQUAVIVA</t>
   </si>
   <si>
     <t>Vincenzo</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -437,51 +449,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I6"/>
+  <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -494,158 +506,187 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" t="s">
         <v>22</v>
       </c>
+      <c r="F5" t="s">
+        <v>23</v>
+      </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>14</v>
       </c>
       <c r="I6" t="s">
-        <v>17</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>