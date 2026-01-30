--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -80,54 +80,54 @@
   <si>
     <t>S</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>BINI</t>
   </si>
   <si>
     <t>Matilde</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>CIOCCA</t>
   </si>
   <si>
     <t>Eleonora</t>
   </si>
   <si>
     <t>PTA del settore universitario</t>
   </si>
   <si>
-    <t>MARRAS</t>
-[...2 lines deleted...]
-    <t>Laura</t>
+    <t>D'UBALDI</t>
+  </si>
+  <si>
+    <t>Caterina</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
   <si>
     <t>MARSILI</t>
   </si>
   <si>
     <t>Massimo</t>
   </si>
   <si>
     <t>Altro</t>
   </si>
   <si>
     <t>Presidente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>