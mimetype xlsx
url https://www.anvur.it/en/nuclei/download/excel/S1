--- v1 (2026-01-30)
+++ v2 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>CODE_UN</t>
   </si>
   <si>
     <t>DEN_ATENEO_ESTESA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>QUALIFICA</t>
   </si>
   <si>
     <t>QUALIFICA_ALTRO</t>
   </si>
   <si>
     <t>PRES_COORD</t>
   </si>
   <si>
     <t>MEMBRO_INT</t>
   </si>
   <si>
@@ -89,60 +89,57 @@
   <si>
     <t>Matilde</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>CIOCCA</t>
   </si>
   <si>
     <t>Eleonora</t>
   </si>
   <si>
     <t>PTA del settore universitario</t>
   </si>
   <si>
     <t>D'UBALDI</t>
   </si>
   <si>
     <t>Caterina</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
   <si>
-    <t>MARSILI</t>
-[...8 lines deleted...]
-    <t>Presidente</t>
+    <t>STORELLI</t>
+  </si>
+  <si>
+    <t>Florenzo</t>
+  </si>
+  <si>
+    <t>Libero professionista</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -603,53 +600,50 @@
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
-      <c r="F6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>