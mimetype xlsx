--- v0 (2025-11-02)
+++ v1 (2025-12-16)
@@ -83,54 +83,54 @@
   <si>
     <t>N</t>
   </si>
   <si>
     <t>BROGLIA</t>
   </si>
   <si>
     <t>Angela</t>
   </si>
   <si>
     <t>SABELLA</t>
   </si>
   <si>
     <t>Morena</t>
   </si>
   <si>
     <t>PTA del settore universitario</t>
   </si>
   <si>
     <t>SAMBO</t>
   </si>
   <si>
     <t>Patrik</t>
   </si>
   <si>
-    <t>PLINGU</t>
-[...2 lines deleted...]
-    <t>Andreea</t>
+    <t>BROGLIO</t>
+  </si>
+  <si>
+    <t>Flavio Marco</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>