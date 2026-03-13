--- v0 (2025-11-02)
+++ v1 (2026-03-13)
@@ -80,54 +80,54 @@
   <si>
     <t>S</t>
   </si>
   <si>
     <t>BISI</t>
   </si>
   <si>
     <t>Cinzia</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Nazzareno</t>
   </si>
   <si>
     <t>SETTI</t>
   </si>
   <si>
     <t>Gianluca</t>
   </si>
   <si>
-    <t>MESITI</t>
-[...2 lines deleted...]
-    <t>Aldo</t>
+    <t>CAPRIGLIA</t>
+  </si>
+  <si>
+    <t>Stefano</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>