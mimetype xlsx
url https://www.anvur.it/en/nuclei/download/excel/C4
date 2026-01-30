--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -62,75 +62,75 @@
   <si>
     <t>DELEG_OIV</t>
   </si>
   <si>
     <t>C4</t>
   </si>
   <si>
     <t>Universita degli Studi del SANNIO di BENEVENTO</t>
   </si>
   <si>
     <t>JANNELLI</t>
   </si>
   <si>
     <t>Roberto</t>
   </si>
   <si>
     <t>Professore Associato</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
-    <t>CUOMO</t>
-[...2 lines deleted...]
-    <t>Maria Teresa</t>
+    <t>CANINO</t>
+  </si>
+  <si>
+    <t>Monica</t>
+  </si>
+  <si>
+    <t>Altro</t>
+  </si>
+  <si>
+    <t>Funzionario</t>
+  </si>
+  <si>
+    <t>BETTA</t>
+  </si>
+  <si>
+    <t>Giovanni</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
-    <t>BETTA</t>
-[...14 lines deleted...]
-    <t>Dirigente II Fascia</t>
+    <t>VILLANI</t>
+  </si>
+  <si>
+    <t>Paolo</t>
   </si>
   <si>
     <t>GENTILE</t>
   </si>
   <si>
     <t>Ennio</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -522,104 +522,104 @@
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
+      <c r="F3" t="s">
+        <v>19</v>
+      </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>15</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">