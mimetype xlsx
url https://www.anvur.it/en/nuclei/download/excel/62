--- v0 (2025-11-02)
+++ v1 (2026-02-21)
@@ -44,93 +44,93 @@
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>QUALIFICA</t>
   </si>
   <si>
     <t>QUALIFICA_ALTRO</t>
   </si>
   <si>
     <t>PRES_COORD</t>
   </si>
   <si>
     <t>MEMBRO_INT</t>
   </si>
   <si>
     <t>DELEG_OIV</t>
   </si>
   <si>
     <t>Universita degli Studi di TRENTO</t>
   </si>
   <si>
-    <t>LI CALZI</t>
-[...2 lines deleted...]
-    <t>Marco</t>
+    <t>BASILE</t>
+  </si>
+  <si>
+    <t>Achille</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>PERTOT</t>
   </si>
   <si>
     <t>Ilaria</t>
   </si>
   <si>
-    <t>TOMASI</t>
-[...20 lines deleted...]
-    <t>Dirigente</t>
+    <t>CARLUCCI</t>
+  </si>
+  <si>
+    <t>Paola</t>
+  </si>
+  <si>
+    <t>PTA del settore universitario</t>
+  </si>
+  <si>
+    <t>DE PONTI</t>
+  </si>
+  <si>
+    <t>Fabrizio</t>
+  </si>
+  <si>
+    <t>DECIMO</t>
+  </si>
+  <si>
+    <t>Francesca</t>
+  </si>
+  <si>
+    <t>Professore Associato</t>
   </si>
   <si>
     <t>SIDOTI</t>
   </si>
   <si>
     <t>Riccardo</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -543,118 +543,112 @@
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>62</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F4" t="s">
         <v>19</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>62</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>62</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>62</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">