--- v0 (2025-12-16)
+++ v1 (2026-02-21)
@@ -89,57 +89,57 @@
   <si>
     <t>BIENATI</t>
   </si>
   <si>
     <t>Luisa</t>
   </si>
   <si>
     <t>CATELANI</t>
   </si>
   <si>
     <t>Marcantonio</t>
   </si>
   <si>
     <t>TAGLIONE</t>
   </si>
   <si>
     <t>Sabrina</t>
   </si>
   <si>
     <t>Altro</t>
   </si>
   <si>
     <t>Funzionario ANVUR</t>
   </si>
   <si>
-    <t>PAGNONCELLI</t>
-[...5 lines deleted...]
-    <t>Presidente Ipsos Doxa</t>
+    <t>NUZZO</t>
+  </si>
+  <si>
+    <t>Gennaro</t>
+  </si>
+  <si>
+    <t>Professore emerito</t>
   </si>
   <si>
     <t>TOMASI</t>
   </si>
   <si>
     <t>Marco</t>
   </si>
   <si>
     <t>Dirigente in ambito amministrativo</t>
   </si>
   <si>
     <t>VIVIANO</t>
   </si>
   <si>
     <t>Matteo</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
   <si>
     <t>CASONATTO</t>
   </si>
   <si>
     <t>Filippo</t>
   </si>