--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -44,111 +44,111 @@
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>QUALIFICA</t>
   </si>
   <si>
     <t>QUALIFICA_ALTRO</t>
   </si>
   <si>
     <t>PRES_COORD</t>
   </si>
   <si>
     <t>MEMBRO_INT</t>
   </si>
   <si>
     <t>DELEG_OIV</t>
   </si>
   <si>
     <t>Universita Commerciale "Luigi Bocconi" MILANO</t>
   </si>
   <si>
-    <t>GRANDO</t>
+    <t>VALOTTI</t>
+  </si>
+  <si>
+    <t>Giovanni</t>
+  </si>
+  <si>
+    <t>Professore Ordinario</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>BORGHINI</t>
+  </si>
+  <si>
+    <t>Stefania</t>
+  </si>
+  <si>
+    <t>Professore Associato</t>
+  </si>
+  <si>
+    <t>MELE</t>
+  </si>
+  <si>
+    <t>Valentina</t>
+  </si>
+  <si>
+    <t>TURRI</t>
+  </si>
+  <si>
+    <t>Matteo</t>
+  </si>
+  <si>
+    <t>SCUTTARI</t>
   </si>
   <si>
     <t>Alberto</t>
   </si>
   <si>
-    <t>Professore Ordinario</t>
-[...29 lines deleted...]
-    <t>TOMASI</t>
+    <t>PTA del settore universitario</t>
+  </si>
+  <si>
+    <t>VALTOLINA</t>
+  </si>
+  <si>
+    <t>Marcello</t>
+  </si>
+  <si>
+    <t>CANDOTTI</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>CIELO</t>
   </si>
   <si>
     <t>Marco</t>
-  </si>
-[...19 lines deleted...]
-    <t>Matilde</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -512,236 +512,236 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
         <v>56</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>56</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>13</v>
       </c>
-      <c r="H3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>17</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>13</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>56</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
         <v>13</v>
       </c>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>56</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
         <v>13</v>
       </c>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I8" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>30</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
         <v>13</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>