--- v0 (2025-11-02)
+++ v1 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>CODE_UN</t>
   </si>
   <si>
     <t>DEN_ATENEO_ESTESA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>QUALIFICA</t>
   </si>
   <si>
     <t>QUALIFICA_ALTRO</t>
   </si>
   <si>
     <t>PRES_COORD</t>
   </si>
   <si>
     <t>MEMBRO_INT</t>
   </si>
   <si>
@@ -68,54 +68,60 @@
   <si>
     <t>CINQUEPALMI</t>
   </si>
   <si>
     <t>Federico</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>BARUCCO</t>
   </si>
   <si>
     <t>Maria Antonia</t>
   </si>
   <si>
     <t>Professore Associato</t>
   </si>
   <si>
-    <t>DE ROSSI</t>
-[...2 lines deleted...]
-    <t>Antonio</t>
+    <t>COLPANI</t>
+  </si>
+  <si>
+    <t>Giuseppe</t>
+  </si>
+  <si>
+    <t>Altro</t>
+  </si>
+  <si>
+    <t>Consulente</t>
   </si>
   <si>
     <t>LUCCARINI</t>
   </si>
   <si>
     <t>Sabrina</t>
   </si>
   <si>
     <t>PTA del settore universitario</t>
   </si>
   <si>
     <t>RUBINO</t>
   </si>
   <si>
     <t>Damiano</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -540,103 +546,106 @@
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>13</v>
       </c>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>14</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>13</v>
       </c>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">