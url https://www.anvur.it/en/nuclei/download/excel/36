--- v0 (2025-11-02)
+++ v1 (2025-12-16)
@@ -41,51 +41,51 @@
   <si>
     <t>DEN_ATENEO_ESTESA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>QUALIFICA</t>
   </si>
   <si>
     <t>QUALIFICA_ALTRO</t>
   </si>
   <si>
     <t>PRES_COORD</t>
   </si>
   <si>
     <t>MEMBRO_INT</t>
   </si>
   <si>
     <t>DELEG_OIV</t>
   </si>
   <si>
-    <t>Universita "Ca' Foscari" VENEZIA</t>
+    <t>Universita Ca' Foscari VENEZIA</t>
   </si>
   <si>
     <t>CATELANI</t>
   </si>
   <si>
     <t>Marcantonio</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>BROGLIA</t>
   </si>
   <si>
     <t>Angela</t>
   </si>
   <si>
     <t>NAPPI</t>
   </si>