--- v0 (2025-11-02)
+++ v1 (2026-03-13)
@@ -74,75 +74,75 @@
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>BINI</t>
   </si>
   <si>
     <t>Matilde</t>
   </si>
   <si>
     <t>CALABRESE</t>
   </si>
   <si>
     <t>Anna Chiara</t>
   </si>
   <si>
     <t>PTA di altri settori della PA</t>
   </si>
   <si>
-    <t>DE PALO</t>
-[...2 lines deleted...]
-    <t>Pasquale</t>
+    <t>POLLIFRONI</t>
+  </si>
+  <si>
+    <t>Massimo</t>
   </si>
   <si>
     <t>DI NAUTA</t>
   </si>
   <si>
     <t>Primiano</t>
   </si>
   <si>
     <t>CAPUANI</t>
   </si>
   <si>
     <t>Paolo Alfredo</t>
   </si>
   <si>
     <t>PTA del settore universitario</t>
   </si>
   <si>
-    <t>MARTINI</t>
-[...2 lines deleted...]
-    <t>Pietro</t>
+    <t>POLO</t>
+  </si>
+  <si>
+    <t>Francesco</t>
   </si>
   <si>
     <t>Studente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>