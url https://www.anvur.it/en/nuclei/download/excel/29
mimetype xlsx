--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -68,54 +68,54 @@
   <si>
     <t>PINTORE</t>
   </si>
   <si>
     <t>Giorgio Antonio Mario</t>
   </si>
   <si>
     <t>Professore Ordinario</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>ROTONDO</t>
   </si>
   <si>
     <t>Federico</t>
   </si>
   <si>
     <t>Professore Associato</t>
   </si>
   <si>
-    <t>POLLIFRONI</t>
-[...2 lines deleted...]
-    <t>Massimo</t>
+    <t>BARBONI</t>
+  </si>
+  <si>
+    <t>Luciano</t>
   </si>
   <si>
     <t>AMBOTTA</t>
   </si>
   <si>
     <t>Gilberto</t>
   </si>
   <si>
     <t>Libero professionista</t>
   </si>
   <si>
     <t>BINI</t>
   </si>
   <si>
     <t>Matilde</t>
   </si>
   <si>
     <t>DETTORI</t>
   </si>
   <si>
     <t>Luca</t>
   </si>
   <si>
     <t>Studente</t>
   </si>